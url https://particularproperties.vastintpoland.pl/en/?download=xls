--- v0 (2025-12-27)
+++ v1 (2026-02-26)
@@ -91,54 +91,54 @@
   <si>
     <t>Wrocław, Legnicka 48</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Completed</t>
   </si>
   <si>
     <t>Certificate of occupancy</t>
   </si>
   <si>
     <t>2022/2023</t>
   </si>
   <si>
     <t>2012/2017</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Buildings</t>
   </si>
   <si>
+    <t>Not Applicable</t>
+  </si>
+  <si>
     <t>Floors above ground level</t>
-  </si>
-[...1 lines deleted...]
-    <t>Not Applicable</t>
   </si>
   <si>
     <t>Gross lettable space</t>
   </si>
   <si>
     <t>Net leasable area</t>
   </si>
   <si>
     <t>Net available area</t>
   </si>
   <si>
     <t>Common area factor</t>
   </si>
   <si>
     <t>Check the offer</t>
   </si>
   <si>
     <t>Number of parking spaces</t>
   </si>
   <si>
     <t>Minimum rent period</t>
   </si>
   <si>
     <t>Base rent</t>
   </si>
@@ -753,168 +753,168 @@
     <row r="7" spans="1:9" customHeight="1" ht="18">
       <c r="A7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B7" s="6">
         <v>1</v>
       </c>
       <c r="C7" s="6">
         <v>1</v>
       </c>
       <c r="D7" s="6">
         <v>1</v>
       </c>
       <c r="E7" s="6">
         <v>2</v>
       </c>
       <c r="F7" s="6">
         <v>7</v>
       </c>
       <c r="G7" s="6">
         <v>5</v>
       </c>
       <c r="H7" s="6">
         <v>6</v>
       </c>
-      <c r="I7" s="6">
-        <v>0</v>
+      <c r="I7" s="5" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:9" customHeight="1" ht="18">
       <c r="A8" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8" s="6">
         <v>3</v>
       </c>
       <c r="C8" s="6">
         <v>6</v>
       </c>
       <c r="D8" s="6">
         <v>6</v>
       </c>
       <c r="E8" s="6">
         <v>5</v>
       </c>
       <c r="F8" s="6">
         <v>7</v>
       </c>
       <c r="G8" s="6">
         <v>6</v>
       </c>
       <c r="H8" s="6">
         <v>6</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:9" customHeight="1" ht="18">
       <c r="A9" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="7">
         <v>728.0</v>
       </c>
       <c r="C9" s="7">
-        <v>14134.0</v>
+        <v>14157.02</v>
       </c>
       <c r="D9" s="7">
         <v>11457.57</v>
       </c>
       <c r="E9" s="7">
         <v>25884.0</v>
       </c>
       <c r="F9" s="7">
         <v>88714.15</v>
       </c>
       <c r="G9" s="7">
         <v>46278.0</v>
       </c>
       <c r="H9" s="7">
-        <v>79167.0</v>
+        <v>78297.04</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:9" customHeight="1" ht="18">
       <c r="A10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="7">
         <v>728.0</v>
       </c>
       <c r="C10" s="7">
-        <v>13621.0</v>
+        <v>13642.69</v>
       </c>
       <c r="D10" s="7">
         <v>10950.91</v>
       </c>
       <c r="E10" s="7">
         <v>25215.13</v>
       </c>
       <c r="F10" s="7">
         <v>76375.9</v>
       </c>
       <c r="G10" s="7">
         <v>44813.0</v>
       </c>
       <c r="H10" s="7">
-        <v>76959.0</v>
+        <v>76785.74</v>
       </c>
       <c r="I10" s="7">
-        <v>0.0</v>
+        <v>91492.76</v>
       </c>
     </row>
     <row r="11" spans="1:9" customHeight="1" ht="18">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="7">
         <v>728.0</v>
       </c>
       <c r="C11" s="7">
-        <v>3894.0</v>
+        <v>3887.25</v>
       </c>
       <c r="D11" s="7">
-        <v>3163.02</v>
+        <v>2649.45</v>
       </c>
       <c r="E11" s="7">
-        <v>11462.88</v>
+        <v>10395.88</v>
       </c>
       <c r="F11" s="7">
         <v>12052.86</v>
       </c>
       <c r="G11" s="7">
         <v>13071.0</v>
       </c>
       <c r="H11" s="7">
-        <v>14376.0</v>
+        <v>10275.13</v>
       </c>
       <c r="I11" s="7">
-        <v>0.0</v>
+        <v>26962.97</v>
       </c>
     </row>
     <row r="12" spans="1:9" customHeight="1" ht="18">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="8">
         <v>0.0</v>
       </c>
       <c r="C12" s="8">
         <v>3.77</v>
       </c>
       <c r="D12" s="8">
         <v>4.63</v>
       </c>
       <c r="E12" s="8">
         <v>4.39</v>
       </c>
       <c r="F12" s="8">
         <v>3.0</v>
       </c>
       <c r="G12" s="8">
         <v>3.07</v>
       </c>
       <c r="H12" s="8">