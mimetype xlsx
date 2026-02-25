--- v0 (2025-12-27)
+++ v1 (2026-02-25)
@@ -794,127 +794,127 @@
       </c>
       <c r="E8" s="6">
         <v>5</v>
       </c>
       <c r="F8" s="6">
         <v>7</v>
       </c>
       <c r="G8" s="6">
         <v>6</v>
       </c>
       <c r="H8" s="6">
         <v>6</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:9" customHeight="1" ht="18">
       <c r="A9" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="7">
         <v>728.0</v>
       </c>
       <c r="C9" s="7">
-        <v>14134.0</v>
+        <v>14157.02</v>
       </c>
       <c r="D9" s="7">
         <v>11457.57</v>
       </c>
       <c r="E9" s="7">
         <v>25884.0</v>
       </c>
       <c r="F9" s="7">
         <v>88714.15</v>
       </c>
       <c r="G9" s="7">
         <v>46278.0</v>
       </c>
       <c r="H9" s="7">
-        <v>79167.0</v>
+        <v>78297.04</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:9" customHeight="1" ht="18">
       <c r="A10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="7">
         <v>728.0</v>
       </c>
       <c r="C10" s="7">
-        <v>13621.0</v>
+        <v>13642.69</v>
       </c>
       <c r="D10" s="7">
         <v>10950.91</v>
       </c>
       <c r="E10" s="7">
         <v>25215.13</v>
       </c>
       <c r="F10" s="7">
         <v>76375.9</v>
       </c>
       <c r="G10" s="7">
         <v>44813.0</v>
       </c>
       <c r="H10" s="7">
-        <v>76959.0</v>
+        <v>76785.74</v>
       </c>
       <c r="I10" s="7">
-        <v>0.0</v>
+        <v>91492.76</v>
       </c>
     </row>
     <row r="11" spans="1:9" customHeight="1" ht="18">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="7">
         <v>728.0</v>
       </c>
       <c r="C11" s="7">
-        <v>3894.0</v>
+        <v>3887.25</v>
       </c>
       <c r="D11" s="7">
-        <v>3163.02</v>
+        <v>2649.45</v>
       </c>
       <c r="E11" s="7">
-        <v>11462.88</v>
+        <v>10395.88</v>
       </c>
       <c r="F11" s="7">
         <v>12052.86</v>
       </c>
       <c r="G11" s="7">
         <v>13071.0</v>
       </c>
       <c r="H11" s="7">
-        <v>14376.0</v>
+        <v>10275.13</v>
       </c>
       <c r="I11" s="7">
-        <v>0.0</v>
+        <v>26962.97</v>
       </c>
     </row>
     <row r="12" spans="1:9" customHeight="1" ht="18">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="8">
         <v>0.0</v>
       </c>
       <c r="C12" s="8">
         <v>3.77</v>
       </c>
       <c r="D12" s="8">
         <v>4.63</v>
       </c>
       <c r="E12" s="8">
         <v>4.39</v>
       </c>
       <c r="F12" s="8">
         <v>3.0</v>
       </c>
       <c r="G12" s="8">
         <v>3.07</v>
       </c>
       <c r="H12" s="8">